--- v0 (2025-12-21)
+++ v1 (2026-02-06)
@@ -1,84 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28028"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ogomezs\Pictures\Nueva carpeta (9)\Nueva carpeta\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Amber\Downloads\Nueva carpeta (5)\Nueva carpeta\Nueva carpeta\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6D81E27E-41D7-402D-B53D-A94F521E09DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{63E46A8D-A2A7-497B-A400-1FA9FF5DC9E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="802" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="802" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2017-2025" sheetId="78" r:id="rId1"/>
+    <sheet name="2017-2026" sheetId="78" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2017-2025'!$C$1:$E$10</definedName>
-    <definedName name="Print_Area" localSheetId="0">'2017-2025'!$C$1:$E$10</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2017-2026'!$C$1:$E$10</definedName>
+    <definedName name="Print_Area" localSheetId="0">'2017-2026'!$C$1:$E$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <webPublishing targetScreenSize="1024x768" codePage="65001"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C1717" i="78" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6810" uniqueCount="2050">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6878" uniqueCount="2065">
   <si>
     <t>PROVEDORES</t>
   </si>
   <si>
     <t>VALOR RD$</t>
   </si>
   <si>
     <t>Banderas en Nylon</t>
   </si>
   <si>
     <t>Suministros para impresora (Papeles, Sobres y Formularios)</t>
   </si>
   <si>
     <t>Suministros de limpieza</t>
   </si>
   <si>
     <t>Gorras y Camisetas Bordadas</t>
   </si>
   <si>
     <t>Sacos para empacar de 125 Libs.</t>
   </si>
   <si>
     <t>CELERITAS GROUP, SRL</t>
   </si>
   <si>
@@ -6186,153 +6198,226 @@
     <t>Adquisicion de sardinas en salsa de tomate para abastecer los programas que desarrolla la Institución a nivel nacional</t>
   </si>
   <si>
     <t>Adquisición de Filtros y Aceites para Vehículos del INESPRE.</t>
   </si>
   <si>
     <t xml:space="preserve">Contratación de servicio de alquiler de camiones de cargas y refrigerados para transporte de mercancías por un periodo de un (1) mes. </t>
   </si>
   <si>
     <t>Adquisición de materiales de herramientas para ser utilizado en las diferentes áreas de la Institución.</t>
   </si>
   <si>
     <t>Adquisición de tickets de combustible para el abastecimiento de la flotilla vehicular del INESPRE.</t>
   </si>
   <si>
     <t>Adquisición de Medicamentos para uso Institucional</t>
   </si>
   <si>
     <t>Contratación del Servicio de Catering por un periodo de un (1) mes.</t>
   </si>
   <si>
     <t>Adquisicion de forros de techo para carpas 6 x 6 metros para ser utilizados en diferentes gerencias del INESPRE</t>
   </si>
   <si>
     <t>Adquisición de carpas para uso Institucional del INESPRE.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adquisición de baterías y halógenos para ser usadas en Camiones y camionetas de la Institución.  </t>
+  </si>
+  <si>
+    <t>Adquisición de fundas impresas con logo institucional para uso en actividades navideña del INESPRE</t>
+  </si>
+  <si>
+    <t>Servicio de publicación de convocatoia del proceso de licitacion publica nacional de REF. INESPRE-LPN-2025-0001 en dos periodicos nacionales por 2 dias consecutivos</t>
+  </si>
+  <si>
+    <t>Contratacion de servicio de alimentacion consumibles para 115 personas, para encuentro con agricultura de la region Sur</t>
+  </si>
+  <si>
+    <t>Adquisición de freezers para uso Institucional del INESPRE.</t>
+  </si>
+  <si>
+    <t>Contratación servicio de mantenimiento de equipos industriales del INESPRE</t>
+  </si>
+  <si>
+    <t>Adquisición de Servidores para el Aumento de Recursos de Respaldo (Bacula), Ampliación Hiperconvergente, Monitores y UPS para el Centro de Datos del INESPRE ¨</t>
+  </si>
+  <si>
+    <t>Adquisicion de una (1) camioneta para uso de la Direccion Ejecutiva</t>
+  </si>
+  <si>
+    <t>Contratación de publicidad a través de medios de comunicación social, por un periodo de tres (3) meses</t>
+  </si>
+  <si>
+    <t>Mirian  Peña Montero</t>
+  </si>
+  <si>
+    <t>ZM Services, SRL</t>
+  </si>
+  <si>
+    <t>Franklin Mirabal, SRL</t>
+  </si>
+  <si>
+    <t>Ecopolitica, SRL</t>
+  </si>
+  <si>
+    <t>CADENA DE NOTICIA – TELEVISION (CDN-TV), S.A.</t>
+  </si>
+  <si>
+    <t>Contratación De Servicio De Alquiler De Flotilla Vehicular Para Transporte De Mercancías Por Un Periodo De Dos (2) Meses.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Millares 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{DB9ED029-06D8-4789-9C7A-5C8A82D397E5}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{9417A9A6-0A92-47E7-92A2-342462DAB388}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{F048CDF1-F88E-435D-BA90-0CBA98DAF248}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\Amber\Downloads\Nueva%20carpeta%20(5)\Nueva%20carpeta\Nueva%20carpeta\LISTADO%20DE%20COMPRAS%20ENERO%202026.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="LISTADO%20DE%20COMPRAS%20ENERO%202026.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="OCTUBRE 2023"/>
+      <sheetName val="Hoja2"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1">
+        <row r="9">
+          <cell r="C9">
+            <v>46045</v>
+          </cell>
+        </row>
+      </sheetData>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6582,54 +6667,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G1700"/>
+  <dimension ref="A1:G1717"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1666" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="H1688" sqref="H1:O1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A1707" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1718" sqref="A1718"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="93.5703125" style="4" customWidth="1"/>
     <col min="2" max="2" width="32.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="41.7109375" style="4" customWidth="1"/>
     <col min="5" max="5" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>0</v>
@@ -45697,80 +45782,474 @@
       <c r="G1699" s="4">
         <v>2025</v>
       </c>
     </row>
     <row r="1700" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1700" s="4" t="s">
         <v>2032</v>
       </c>
       <c r="B1700" s="4" t="s">
         <v>134</v>
       </c>
       <c r="C1700" s="2">
         <v>45982</v>
       </c>
       <c r="D1700" s="4" t="s">
         <v>386</v>
       </c>
       <c r="E1700" s="4">
         <v>0</v>
       </c>
       <c r="F1700" s="4" t="s">
         <v>105</v>
       </c>
       <c r="G1700" s="4">
         <v>2025</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1701" s="4" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1701" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1701" s="2">
+        <v>45993</v>
+      </c>
+      <c r="D1701" s="4" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E1701" s="4">
+        <v>38437.51</v>
+      </c>
+      <c r="F1701" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1701" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1702" s="4" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1702" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1702" s="2">
+        <v>45993</v>
+      </c>
+      <c r="D1702" s="4" t="s">
+        <v>889</v>
+      </c>
+      <c r="E1702" s="4">
+        <v>10202.280000000001</v>
+      </c>
+      <c r="F1702" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1702" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1703" s="4" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B1703" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1703" s="2">
+        <v>46001</v>
+      </c>
+      <c r="D1703" s="4" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E1703" s="4">
+        <v>88146</v>
+      </c>
+      <c r="F1703" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1703" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1704" s="4" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B1704" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1704" s="2">
+        <v>46010</v>
+      </c>
+      <c r="D1704" s="4" t="s">
+        <v>895</v>
+      </c>
+      <c r="E1704" s="4">
+        <v>67316.639999999999</v>
+      </c>
+      <c r="F1704" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1704" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1705" s="4" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B1705" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1705" s="2">
+        <v>46010</v>
+      </c>
+      <c r="D1705" s="4" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E1705" s="4">
+        <v>70800</v>
+      </c>
+      <c r="F1705" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1705" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1706" s="4" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1706" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C1706" s="2">
+        <v>46010</v>
+      </c>
+      <c r="D1706" s="4" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E1706" s="4">
+        <v>210000.09</v>
+      </c>
+      <c r="F1706" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1706" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1707" s="4" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B1707" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1707" s="2">
+        <v>45993</v>
+      </c>
+      <c r="D1707" s="4" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E1707" s="4">
+        <v>1327500</v>
+      </c>
+      <c r="F1707" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1707" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1708" s="4" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B1708" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1708" s="2">
+        <v>45995</v>
+      </c>
+      <c r="D1708" s="4" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E1708" s="4">
+        <v>996451</v>
+      </c>
+      <c r="F1708" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1708" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1709" s="4" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B1709" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C1709" s="2">
+        <v>46013</v>
+      </c>
+      <c r="D1709" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="E1709" s="4">
+        <v>0</v>
+      </c>
+      <c r="F1709" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1709" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1710" s="4" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B1710" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C1710" s="2">
+        <v>46014</v>
+      </c>
+      <c r="D1710" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="E1710" s="4">
+        <v>0</v>
+      </c>
+      <c r="F1710" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1710" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1711" s="4" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B1711" s="4" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C1711" s="2">
+        <v>45992</v>
+      </c>
+      <c r="D1711" s="4" t="s">
+        <v>2008</v>
+      </c>
+      <c r="E1711" s="4">
+        <v>362968</v>
+      </c>
+      <c r="F1711" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1711" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1712" s="4" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B1712" s="4" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C1712" s="2">
+        <v>45992</v>
+      </c>
+      <c r="D1712" s="4" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E1712" s="4">
+        <v>290280</v>
+      </c>
+      <c r="F1712" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1712" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1713" s="4" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B1713" s="4" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C1713" s="2">
+        <v>45992</v>
+      </c>
+      <c r="D1713" s="4" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E1713" s="4">
+        <v>417720</v>
+      </c>
+      <c r="F1713" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1713" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1714" s="4" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B1714" s="4" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C1714" s="2">
+        <v>45992</v>
+      </c>
+      <c r="D1714" s="4" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E1714" s="4">
+        <v>362968</v>
+      </c>
+      <c r="F1714" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1714" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1715" s="4" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B1715" s="4" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C1715" s="2">
+        <v>45992</v>
+      </c>
+      <c r="D1715" s="4" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E1715" s="4">
+        <v>466454.45</v>
+      </c>
+      <c r="F1715" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1715" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1716" s="4" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B1716" s="4" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C1716" s="2">
+        <v>45992</v>
+      </c>
+      <c r="D1716" s="4" t="s">
+        <v>2063</v>
+      </c>
+      <c r="E1716" s="4">
+        <v>290365.55</v>
+      </c>
+      <c r="F1716" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G1716" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1717" s="4" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B1717" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C1717" s="2">
+        <f>[1]Hoja2!$C$9</f>
+        <v>46045</v>
+      </c>
+      <c r="D1717" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="E1717" s="4">
+        <v>0</v>
+      </c>
+      <c r="F1717" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G1717" s="4">
+        <v>2026</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>2017-2025</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'2017-2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>2017-2026</vt:lpstr>
+      <vt:lpstr>'2017-2026'!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>'2017-2026'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>PageTitle</dc:title>
   <dc:creator>emily.garcia</dc:creator>
+  <cp:keywords>Keywords</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>